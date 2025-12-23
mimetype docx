--- v0 (2025-12-05)
+++ v1 (2025-12-23)
@@ -1,2068 +1,2113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="046BC1D7" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="6D8869BB" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="StandardWW"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Teâđtemvuâđđ õõlmâs vaaldâšm organisaatioi âânnmõʹšše:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1D8" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="254D0C44" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="StandardWW"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Veʹrǧǧneǩpååʹšt mottai digitaalʼliʹžžen:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>Tuʹnne puätt âânnmõʹšše liâdǥlaž pååʹštčuʹǩǩ, ǥu tobddääk eeʹjjest 2026 veʹrǧǧniiʹǩǩi liâdǥlaž äʹššneǩ-kääzzkõõzzid</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1D9" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+    <w:p w14:paraId="17DC64BF" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Veʹrǧǧneǩpååʹšt vuâsttavälddmõš mottai eeʹjj 2026 aalǥâst vuõss-sââʹjest digitaalʼliʹžžen. Ǥu tobddääk eeʹjj 2026 aalǥâst leʹbe tõn mâŋŋa vuõssmõs vuâra </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+        <w:t xml:space="preserve">Veʹrǧǧneǩpååʹšt vuâsttavälddmõš mottai eeʹjj 2026 alggpeäʹlest vuõss-sââʹjest digitaalʼliʹžžen. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Muuttâs šâdd tõn mâŋŋa, ǥu veʹrǧǧneǩpååʹšt digitaalʼlaž vuõss-sâjjsažvuõđ kuõskki l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...133 lines deleted...]
-    <w:p w14:paraId="046BC1DF" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+        <w:t>ääʹjjšiõttummuš šâdd viõʹǩǩe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Ǥu tobddääk muttâz viõʹǩǩe šõddmõõžž mâŋŋa vuõssmõs vuâra [jiijjâs organisaatio leʹbe äʹššeemkääzzkõõzz nõmm] leʹbe koon-ne veʹrǧǧneeʹǩǩ liâdǥlaž äʹššeemkääzzkõʹsse, tuʹnne raajât liâdǥlaž pååʹštčuʹǩǩ Suomi.fi-saaǥǥid. Juätkast vuäǯǯak tuʹnne veʹrǧǧneǩpååʹšt määŋgain veʹrǧǧniiʹǩǩin. Suomi.fi-saaǥǥ koʹrvvad veʹrǧǧniiʹǩǩin puõʹtti põʹmmaipååʹšt: seämma äʹšš ij puäʹđ teänab mâʹŋŋlubust ǩeʹrjjen tuʹnne põrttsad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D11B745" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB0C1A3" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Muttâz täävtõssân lij smeʹllkâʹtted oummuid vuâsttaväʹldded veʹrǧǧneǩpååʹšt vuõss-sââʹjest liâdǥlânji. Suomi.fi-saaǥǥi âânnmõš šeäštt ääiʹj nuʹt meerlain ǥu veʹrǧǧniiʹǩǩin, ǥu saaǥǥ jåʹtte jåʹttlânji da aainâs miẹʹrrummu vuâsttavaʹlddja vuõigg päikka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37014F86" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4854A231" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suomi.fi-saaǥǥid âʹnne ååʹn pâʹjjel 2 miljoon oummu. Kääzzkõõzz ââʹnnmavälddmõõžž ehdtet juʹn ååʹn, ǥu tobddääk koon-ne veʹrǧǧneeʹǩǩ liâdǥlaž äʹššeemkääzzkõʹsse. Ođđ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>lääʹjjšiõttummuš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šõõdden viõʹǩǩe eeʹjj 2026 alggpeäʹlest pååđmiâsttmõõžž ââʹnnmavälddmõʹšše jeät teänab kõõjj, pâi Suomi.fi-saaǥǥi âânnmõʹšše pueʹttmest čiõʹlǧǧeet tobddeem õhttvuõđâst. Tän muttâz mâŋŋa Suomi.fi-saaǥǥ liâ âânnmõõžžâst pâiʹl neellj miljoon oummust.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DF1BD2" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="173B4852" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="StandardWW"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Mäʹhtt da keäzz Suomi.fi-saaǥǥ puäʹtte âânnmõʹšše eeʹjjest 2026?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="046BC1E0" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00F068E6">
+        <w:t>Mäʹhtt da keäzz Suomi.fi-saaǥǥ puäʹtte âânnmõʹšše?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58521D2C" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
       <w:pPr>
         <w:pStyle w:val="StandardWW"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="046BC1E1" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="61360157" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Suomi.fi-saaǥǥ puäʹtte âânnmõʹšše tuʹnne, jõs leäk tiuddâkksaž da tuʹst jiâ leäkku veâl Suomi.fi-saaǥǥ âânnmõõžžâst.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1E2" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="6FDE5712" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Vuäinak iʹlmmtõõzz Suomi.fi-saaǥǥi ââʹnnmaväʹlddmest, ǥu tobddääk ravvseʹld õõlmâs vaaldâšm äʹššeemkääzzkõʹsse leʹbe âânak tobddeem poodd Suomi.fi-tobddummuž.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1E3" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="3FBF4008" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Iʹlmmet ââʹnnmaväʹlddem õhttvuõđâst jiijjad neʹttpååʹštaddrõõzzad da raavâd tõn čiâss seʹst. Nääiʹt vuäǯǯak neʹttpååšta iʹlmmtõõzz tâʹl, ǥu tuʹnne lij puättam ođđ pååʹšt Suomi.fi-saaǥǥid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1E4" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="27083B5D" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Neʹttpååʹšt iʹlmmtummuž mâŋŋa juätkak tobddeem takainalla ja cõõjõõđak äʹššeemkääzzkõʹsse, koozz leʹjjiǩ juʹn jååttmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1E5" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="01DA2B11" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Hoʹhsse, što jõs äʹššääk organisaatio leʹbe nuuʹbb oummu peäʹlest, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA6297">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Suomi.fi-saaǥǥ puäʹtte âânnmõʹšše tuʹnne jiõccsad – jiâ tõn ooumže leʹbe organisaatiooʹje, koon peäʹlest leäk äiggam äʹššeed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B2DB35" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Jõs jiõk ââʹn õõlmâs vaaldâšm liâdǥlaž äʹššeemkääzzkõõzzid ravvseʹld tobddeeʹl, vuäǯǯak še juätkast veʹrǧǧneǩpååʹšt põʹmmaipååʹšten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1E7" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00F068E6">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+    <w:p w14:paraId="4D90444A" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3298B907" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Muuttâs ij kuõsk vueʹllâkksaid ij-ǥa tõid oummuid, ǩeäk liâ ouddõsvuåppâm vueʹlnn leʹbe ǩeäin lij viõǥǥâst åårrai ouddõsvuåppâmåskkoummulååʹpp.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1E9" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+    <w:p w14:paraId="27FF1BD5" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1EA" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+    <w:p w14:paraId="00DB8F80" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Vuâmmšõskartt, mäʹhtt Suomi.fi-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+        <w:t xml:space="preserve">Vuâmmšõskartt, mäʹhtt Suomi.fi-saaǥǥ puäʹtte âânnmõʹšše pieʹǩǩen ravvâz tobddeem õõlmâs liâdǥliʹžže kääzzkõʹsse eeʹjj 2026 alggpeäʹlest tõn mâŋŋa, ǥu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veʹrǧǧneǩpååʹšt digitaalʼlaž vuõss-sâjjsažvuõđ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>puäʹtte âânnmõʹšše pieʹǩǩen ravvâz tobddeem õõlmâs liâdǥliʹžže kääzzkõʹsse eeʹjj 2026 aalǥâst ääʹljeeʹl:</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+        <w:t xml:space="preserve">kuõskki </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>lääʹjjšiõttummuš šâdd viõʹǩǩe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021CE22B" w14:textId="36278B7C" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidR="00792A62" w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="046BC1D7" wp14:editId="046BC1D8">
-[...3 lines deleted...]
-            <wp:cNvGraphicFramePr/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="261EDE4D" wp14:editId="55A63E05">
+            <wp:extent cx="6120130" cy="3442335"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+            <wp:docPr id="636366532" name="Kuva 1" descr="Kuva, joka sisältää kohteen teksti, kuvakaappaus, Verkkosivusto, Verkkomainonta&#10;&#10;Tekoälyn generoima sisältö voi olla virheellistä."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name=""/>
+                    <pic:cNvPr id="636366532" name="Kuva 1" descr="Kuva, joka sisältää kohteen teksti, kuvakaappaus, Verkkosivusto, Verkkomainonta&#10;&#10;Tekoälyn generoima sisältö voi olla virheellistä."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
-                      <a:lum/>
-                      <a:alphaModFix/>
                       <a:extLst>
-                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                          <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6120000" cy="3442320"/>
+                      <a:ext cx="6120130" cy="3442335"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...3 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1EC" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+    <w:p w14:paraId="291D35BC" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Mäʹhtt piâzzam lookkâd Suomi.fi-saaǥǥid puättam saaǥǥään?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1ED" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00F068E6">
-[...8 lines deleted...]
-    <w:p w14:paraId="046BC1EE" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="60A32F6B" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F5EFD50" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6297">
-[...20 lines deleted...]
-    <w:p w14:paraId="046BC1EF" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Vuäitak lookkâd Suomi.fi-saaǥǥid puättam veʹrǧǧneǩsaaǥǥid Suomi.fi-mobiilsuåvldõõzzâst leʹbe ǩeeʹrjtõõđeeʹl Suomi.fi-neʹttkääzzkõʹsse da cõõjõõđeeʹl toʹben päikka "Viestit".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A28DBB4" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Tobddummuš tuejjeed baŋkktiõttin, mobiilra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA6297">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+        <w:t>ʹvvjeeʹjin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> leʹbe persoonkoort liâdǥlaž raʹvvjeeʹjin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1F0" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="7C8142C2" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Vuäǯǯak iʹlmmtõõzz neʹttpååšta tâʹl, ǥu tuʹnne puätt Suomi.fi-saaǥǥid ođđ saakk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1F1" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="05EAF96D" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Vuäǯǯak iʹlmmtõõzzid puättam saaǥǥin še Suomi.fi-mobiilsuåvldõõzzâst, jõs jiõk laaddâm suåvldõõzz ââʹnnmad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC1F2" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+    <w:p w14:paraId="226F8246" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Vuäitak še väʹldded Suomi.fi-saaǥǥid ââʹnnma addrõõzzâst </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00FA6297">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="006D1131">
           <w:rPr>
             <w:rStyle w:val="InternetLinkWW"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+          </w:rPr>
+          <w:t>https://suomi.fi/viestit</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> leʹbe laaddeeʹl ââʹnnma Suomi.fi-mobiilsuåvldõõzz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE56955" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E06BAAB" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Mâid tâʹl, jõs haaʹlääm veʹrǧǧneǩpååʹšt še juätkast põʹmmaipååʹšten?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23341554" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2022FDE0" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Digitaalʼlaž veʹrǧǧneǩpååšta serddmõš ij miârkat tõn, što ij ni ǩii vuäitči juätkast vuâsttaväʹldded veʹrǧǧneǩpååʹšt põʹmmaiǩeʹrjjen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7972435A" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Suomi.fi-saaǥǥ jiâ šõõdd âânnmõʹšše, jõs jiõk ââʹn veʹrǧǧniiʹǩǩi liâdǥlaž kääzzkõõzzid. Tâʹl vuäǯǯak še juätkast veʹrǧǧneǩpååʹšt põʹmmjen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F8ED0C1" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14EB35BC" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Muuttâs ij kuõsk vueʹllâkksaid ij-ǥa ouddõsvuåppâm vueʹlnn åårrjid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E793AED" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BD65078" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Puk veʹrǧǧniiʹǩǩi vuõltteem pååʹšt jiâ puäʹđ digitaalʼliʹžžen Suomi.fi-saaǥǥid, ǥu pieʹǩǩ veʹrǧǧniiʹǩǩin sätt ââʹnned liâdǥlaž saakkummša še jeeʹres digitaalʼlaž kanaalid. Täin čiõʹlǧǧeet juõʹǩǩ organisaatio kääzzkõõzz õhttvuõđâst.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D9D22D" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A60E63B" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Jõs jiõk haaʹled vuâsttaväʹldded veʹrǧǧneǩpååʹšt Suomi.fi-saaǥǥid, vuäitak cõõjõõttâd Suomi.fi-saaǥǥin mååusat põʹmmaipååʹšt vuâsttaväʹlddjen muuʹtteeʹl kääzzkõõzz asetõõzzid leʹbe vääʹldeeʹl õhttvuõđ Digi- da meerteâttkonttâr äʹššneǩ-kääzzkõʹsse. Muttâz vuäitt tuejjeed eman Suomi.fi-saaǥǥi ââʹnnmavälddmõõžž mâŋŋa eeʹjjest 2026, ij ouddlest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="526D5620" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="478DEAA8" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Vaʹlljummuš põʹmmaipååʹšt vuâsttavälddmõõžžâst pââšš viõǥǥâst pieʹll eeʹjj vuârast. Jos kuuđ määnpââʹj mâŋŋa tobddääk oʹđđest veʹrǧǧniiʹǩǩi äʹššeemkääzzkõʹsse, Suomi.fi-saaǥǥ puäʹtte oʹđđest âânnmõʹšše.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A70117D" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="285BB5D0" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Jõs âânnmõõžžâst lij Suomi.fi-mobiilsuåvldõs, hoʹhsse, što</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="615AB863" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7060A745" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>tåʹlǩ suåvldõõzz jaukkummuš ij jaukkâd Suomi.fi-saaǥǥid âânnmõõžžstad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46FE0531" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A19FDD9" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722C2786" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>kääzzkõõzz âânnmõõžžâst jaukkummuš âlgg pâi tuejjeed Suomi.fi-saaǥǥi asetõõzzin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F53AA4" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34D75BE7" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Haaʹleen vuäitak še jiõčč kuäʹss täättas väʹldded Suomi.fi-saaǥǥid oʹđđest âânnmõʹšše Suomi.fi-suåvldõõzz leʹbe vääʹldeeʹl kääzzkõõzz âânnmõʹšše addrõõzzâst suomi.fi/saaǥǥ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44ED7AD8" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="658E86B6" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Lââʹssteâđ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D2D095" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D989D26" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lââʹssteâđ Suomi.fi-saaǥǥin: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="006D1131">
+          <w:rPr>
+            <w:rStyle w:val="InternetLinkWW"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+          </w:rPr>
+          <w:t>https://suomi.fi/fi/viestit</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="42D19D69" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E90A07B" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lââʹssteâđ Suomi.fi-tobddummšest : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="006D1131">
+          <w:rPr>
+            <w:rStyle w:val="InternetLinkWW"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+          </w:rPr>
+          <w:t>https://www.suomi.fi/ohjeet-ja-tuki/tunnistus/mika-on-suomifi-tunnistus</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0D6978A3" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2245B2B3" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suomi.fi-saaǥǥid pååʹšt vuõltteei organisaatio: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="006D1131">
+          <w:rPr>
+            <w:rStyle w:val="InternetLinkWW"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+          </w:rPr>
+          <w:t>https://www.suomi.fi/ohjeet-ja-tuki/viestit/suomifi-viesteja-kayttavat-organisaatiot-ja-palvelut</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="66E53A51" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02FB2599" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nääiʹt loopptak Suomi.fi-saaǥǥid âânnmõõžžâst: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="006D1131">
+          <w:rPr>
+            <w:rStyle w:val="InternetLinkWW"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+          </w:rPr>
+          <w:t>https://www.suomi.fi/ohjeet-ja-tuki/viestit/viestien-kaytto/viestien-kayton-lopettaminen</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="77DE0ED5" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk189485603"/>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Mii lij Suomi.fi-saaǥǥ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CEC00B0" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suomi.fi-saaǥǥ lij teâttstaani liâdǥlaž pååʹštčuʹǩǩ, kååʹtt koʹrvvad põʹmmaipååʹšt mieʹldd puõʹtti veʹrǧǧneǩpååʹšt. Kääzzkõõzz âʹnne määŋg veʹrǧǧneeʹǩǩ da mieʹrr lâssan čõõđ ääiʹj. Suomi.fi-saaǥǥid vuäitt lookkâd Suomi.fi-mobiilsuåvldõõzzin leʹbe tobddeeʹl Suomi.fi- neʹttkääzzkõʹsse addrõõzzâst </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="006D1131">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0563C1"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+          </w:rPr>
+          <w:t>https://suomi.fi</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nääiʹt puättam pååʹšt lij lookkâmnalla, koʹst juʹn jååđak.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E31B5C" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="379D4D79" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Suomi.fi-saaǥǥid vuäǯǯ âânnmõʹšše laaddeeʹl Suomi.fi-mobiilsuåvldõõzz leʹbe tobddeeʹl addrõõzzâst </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="006D1131">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="0563C1"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>https://suomi.fi/viestit</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FA6297">
-[...671 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nääiʹt puättam pååʹšt lij lookkâmnalla, koʹst juʹn jååđak.</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+        <w:t>Tobddummuš tuejjeed baŋkktiõttin, mobiilraʹvvjeeʹjin leʹbe persoonkoort liâdǥlaž raʹvvjeeʹjin. Vääʹldeeʹl Suomi.fi-saaǥǥid âânnmõʹšše vuäǯǯ juätkast še määŋgai jeeʹres veʹrǧǧniiʹǩǩi vuõltteem pååʹšt liâdǥliʹžžen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B1E583" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BBEA22A" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Suomi.fi-saaǥǥid vuäǯǯ âânnmõʹšše laaddeeʹl Suomi.fi-mobiilsuåvldõõzz leʹbe tobddeeʹl addrõõzzâst </w:t>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+        <w:t>Iʹlmmtõõzz ođđ puättam saaǥǥin puäʹtte neʹttpååʹštaddrõʹsse, koon õõʹnni lij iʹlmmtam kääzzkõʹsse. Suomi.fi-mobiilsuåvldõõzz õõʹni vuäǯǯa iʹlmmtõõzz še vuõiʹǧǧest suåvldõõzz pääiʹǩ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5FFB59" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C3A7A38" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+        <w:t>Kålggmannust 2025 Suomi.fi-saaǥǥid âʹnne juʹn pâʹjjel 2,2 miljoon oummu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A6F9DF8" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="370C14F3" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Tobddummuš tuejjeed baŋkktiõttin, mobiilraʹvvjeeʹjin leʹbe persoonkoort liâdǥlaž raʹvvjeeʹjin. Vääʹldeeʹl Suomi.fi-saaǥǥid âânnmõʹšše vuäǯǯ juätkast še määŋgai jeeʹres veʹrǧǧniiʹǩǩi vuõltteem pååʹšt liâdǥliʹžžen.</w:t>
-[...88 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Lââʹssteâđ Suomi.fi-saaǥǥin: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="00FA6297">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="006D1131">
           <w:rPr>
             <w:rStyle w:val="InternetLinkWW"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
             <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>https://www.suomi.fi/ohjeet-ja-tuki/viestit</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="046BC21D" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00F068E6">
+    <w:p w14:paraId="658C90A8" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
       <w:pPr>
         <w:pStyle w:val="StandardWW"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="046BC21E" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+    <w:p w14:paraId="5C9669D3" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Mâʹst serddmõõžžâst digitaalʼlaž veʹrǧǧneǩsaakkummša lij kõõččmõš?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC21F" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00F068E6">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+    <w:p w14:paraId="1166B9F8" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CF90B4E" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lääʹddjânnam serdd podd pooddi liâdǥlaž </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+        <w:t>Lääʹddjânnam serdd podd pooddi liâdǥlaž veʹrǧǧneǩsaakkummuž årra. Eeʹjjest 2026, ǥu veʹrǧǧneǩpååʹšt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> digitaalʼlaž</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vuõss-sâjjsažvuõđ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kuõskki </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lääʹjjšiõttummuš šâdd viõʹǩǩe, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>veʹrǧǧneǩpååʹšt tååimtet vuõss-sââʹjest digitaalʼlânji pukid, ǩeäk äʹššee liâdǥlânji. Veʹrǧǧniiʹǩǩi liâdglaž äʹššeemkääzzkõõzzid ǩeeʹrjtõõvvi tiuddâkksa oummu Suomi.fi-tobddeem õhttvuõđâst Suomi.fi-saaǥǥ âânnmõʹšše pååđmiâsttmõõžžtaa, jõs kääzzkõs ij leäkku juʹn ooudbeäʹlnn âânnmõõžžâst.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69336941" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7459CC1C" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Tõk, ǩeäk jiâ vueiʹt ââʹnned digikääzzkõõzzid, vuäǯǯa še juätkast veʹrǧǧneǩpååʹšt põʹmmjin, jõs jiâ jiijj vaalâž nuuʹbbnalla. Liâdǥlaž saaǥǥi vuâsttavälddmõõžž vuäitt še kõõskted iʹlmmteeʹl ääʹššest, täʹl saaǥǥ vuõltteet âʹpet põʹmmaipååʹšten. Jõs ooumaž, kååʹtt lij vaalšam põʹmmaipååʹšt, juätkk liâdǥlaž äʹššummuž, suʹnne raajât kuuđ määnpââʹj mâŋŋa oʹđđest liâdǥlaž pååʹštčuʹǩǩ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="2B4F7E"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Suomi.fi-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FA6297">
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="3465A4"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>saaǥǥid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC223" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00F068E6">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+    <w:p w14:paraId="33F844C9" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56739B2D" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Serddmõš digitaalʼlaž saakkummša pohtt miârkteei aauʹǩid. Tõt šeäšt õhttsažkååʹdd vaaʹrid lååi miljoon eeuʹrid eeʹjjest da hiâlpad meerlai aarǥ. Veʹrǧǧneǩpååʹšt liâ jåʹttlânji vuäǯǯamnalla, käunnʼje õõut pääiʹǩest da liâ pâi ââʹnnemnalla.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046BC225" w14:textId="77777777" w:rsidR="00F068E6" w:rsidRPr="00FA6297" w:rsidRDefault="00FA6297">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+    <w:p w14:paraId="2C14E41E" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3880136A" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:kern w:val="0"/>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Lääʹjjšiõttummuš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
-          <w:sz w:val="20"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00FA6297">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šõõddeen viõʹǩǩe </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1131">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
+        <w:t>veʹrǧǧneǩpååʹšt tååimtet vuõss-sââʹjest Suomi.fi-saaǥǥid pukid, ǩeäk äʹššee liâdǥlânji. Suomi.fi-saaǥǥi lââʹssen meerlaid vueiʹtte veâl ooudâs pueʹtted veʹrǧǧniiʹǩǩin pååʹšt še jeeʹres digitaalʼlaž kanaalid, jõs ooumaž lij välddam tõid âânnmõʹšše.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24758C0C" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00AD564E">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C8A6739" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>Mâʹŋŋlubust eeʹjj 2026 poodd lij miârktõs, što ooumaž vuäitči vaalšed veʹrǧǧneǩpååʹšt vuâsttaväʹlddempäiʹǩǩen Suomi.fi lââʹssen še koon-ne jeeʹres digipååʹštkääzzkõõzz, kååʹtt teâudd veʹrǧǧniiʹǩǩi saaǥǥvääʹltummša šiõttuum teâtt–tuõrvv da jeeʹres õõlǥtõõzz. Vaʹlljeemväärr õõlǥat lääʹjjšiõttummuž da teeknlaž ouddnummuž, kook liâ eman aalǥâst.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A6DEC1" w14:textId="77777777" w:rsidR="00AD564E" w:rsidRPr="006D1131" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="StandardWW"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="sms-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1131">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">Looǥǥ lââʹzz: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00FA6297">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="006D1131">
           <w:rPr>
             <w:rStyle w:val="InternetLinkWW"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
+            <w:u w:val="none"/>
             <w:lang w:val="sms-FI" w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>https://dvv.fi/digi-ensin-hanke</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00F068E6" w:rsidRPr="00FA6297">
+    <w:sectPr w:rsidR="00AD564E" w:rsidRPr="006D1131">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="046BC1DD" w14:textId="77777777" w:rsidR="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="3706DE24" w14:textId="77777777" w:rsidR="0001026A" w:rsidRDefault="0001026A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="046BC1DF" w14:textId="77777777" w:rsidR="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="0D2F69FB" w14:textId="77777777" w:rsidR="0001026A" w:rsidRDefault="0001026A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Noto Sans Symbols">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="NSimSun">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2077,208 +2122,277 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="046BC1D9" w14:textId="77777777" w:rsidR="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="52425405" w14:textId="77777777" w:rsidR="0001026A" w:rsidRDefault="0001026A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="046BC1DB" w14:textId="77777777" w:rsidR="00FA6297" w:rsidRDefault="00FA6297">
+    <w:p w14:paraId="2DFE7D8B" w14:textId="77777777" w:rsidR="0001026A" w:rsidRDefault="0001026A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00916C74"/>
+    <w:nsid w:val="1F53777F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B80E7A04"/>
-    <w:styleLink w:val="WWNum3"/>
+    <w:tmpl w:val="4746C104"/>
+    <w:styleLink w:val="WWNum2"/>
     <w:lvl w:ilvl="0">
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="●"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...7 lines deleted...]
-      <w:lvlText w:val="▪"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...7 lines deleted...]
-      <w:lvlText w:val="▪"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...7 lines deleted...]
-      <w:lvlText w:val="▪"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...55 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="15EF2D03"/>
+    <w:nsid w:val="2208485C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3050E7C0"/>
+    <w:tmpl w:val="45B6E192"/>
+    <w:styleLink w:val="WWNum1a"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34712097"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EB70A796"/>
     <w:styleLink w:val="WWNum4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2318,55 +2432,178 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1869246D"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A1A4685"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="51BCF1D2"/>
-    <w:styleLink w:val="WWNum2"/>
+    <w:tmpl w:val="19B801A4"/>
+    <w:styleLink w:val="WWNum6"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A8F1DEB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F9B66E9E"/>
+    <w:styleLink w:val="WWNum1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2405,159 +2642,54 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A9573CD"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="517D6FBB"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="9378CC04"/>
-[...104 lines deleted...]
-    <w:tmpl w:val="4F1EC3D0"/>
+    <w:tmpl w:val="61AEB01E"/>
     <w:styleLink w:val="NoList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2597,160 +2729,55 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3C4E4E8D"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53A3559B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8F5C288C"/>
-[...105 lines deleted...]
-    <w:styleLink w:val="WWNum4a"/>
+    <w:tmpl w:val="E818725E"/>
+    <w:styleLink w:val="WWNum5"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -2808,246 +2835,54 @@
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="512071C7"/>
+    <w:nsid w:val="63502DBE"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="42CCF60A"/>
-[...192 lines deleted...]
-    <w:styleLink w:val="WWNum6"/>
+    <w:tmpl w:val="FC0E50FE"/>
+    <w:styleLink w:val="WWNum3"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -3122,147 +2957,361 @@
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1603535633">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74FE0BF7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5FC6C454"/>
+    <w:styleLink w:val="WWNum2a"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="768350CB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9C18F01C"/>
+    <w:styleLink w:val="WWNum4a"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1957905130">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="319310499">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1096095255">
+  <w:num w:numId="3" w16cid:durableId="896627560">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1540975086">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="605159563">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="958071269">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1379671855">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1325082509">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="8" w16cid:durableId="93014930">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="532771985">
-[...11 lines deleted...]
-  <w:num w:numId="8" w16cid:durableId="444420925">
+  <w:num w:numId="9" w16cid:durableId="192428810">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="925384470">
+  <w:num w:numId="10" w16cid:durableId="410469002">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1072318328">
+  <w:num w:numId="11" w16cid:durableId="1016466071">
     <w:abstractNumId w:val="9"/>
+    <w:lvlOverride w:ilvl="0"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="444810958">
+  <w:num w:numId="12" w16cid:durableId="654844846">
     <w:abstractNumId w:val="6"/>
     <w:lvlOverride w:ilvl="0"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1455444024">
+  <w:num w:numId="13" w16cid:durableId="246236606">
     <w:abstractNumId w:val="3"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F068E6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FA6297"/>
+    <w:rsidRoot w:val="00AD564E"/>
+    <w:rsid w:val="0001026A"/>
+    <w:rsid w:val="00235D96"/>
+    <w:rsid w:val="003D6DC5"/>
+    <w:rsid w:val="00627CB5"/>
+    <w:rsid w:val="006D1131"/>
+    <w:rsid w:val="00792A62"/>
+    <w:rsid w:val="00AD564E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fi-FI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="046BC1D7"/>
-  <w15:docId w15:val="{7D79C2B2-AD1C-4AF5-AFA3-3D739920AE7F}"/>
+  <w14:docId w14:val="6DB0FB29"/>
+  <w15:docId w15:val="{F7FDC327-6F3B-47A8-8153-496F3842EF0D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Arial"/>
         <w:kern w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fi-FI" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDN w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -4588,51 +4637,51 @@
     <w:name w:val="WWNum5"/>
     <w:basedOn w:val="Eiluetteloa"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WWNum6">
     <w:name w:val="WWNum6"/>
     <w:basedOn w:val="Eiluetteloa"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suomi.fi/ohjeet-ja-tuki/viestit/viestien-kaytto/viestien-kayton-lopettaminen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suomi.fi/ohjeet-ja-tuki/viestit/suomifi-viesteja-kayttavat-organisaatiot-ja-palvelut" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dvv.fi/digi-ensin-hanke" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suomi.fi/ohjeet-ja-tuki/viestit" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suomi.fi/ohjeet-ja-tuki/tunnistus/mika-on-suomifi-tunnistus" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://suomi.fi/viestit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://suomi.fi/fi/viestit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://suomi.fi/viestit" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://suomi.fi/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://suomi.fi/viestit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://suomi.fi/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suomi.fi/ohjeet-ja-tuki/viestit/viestien-kaytto/viestien-kayton-lopettaminen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dvv.fi/digi-ensin-hanke" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suomi.fi/ohjeet-ja-tuki/viestit/suomifi-viesteja-kayttavat-organisaatiot-ja-palvelut" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suomi.fi/ohjeet-ja-tuki/viestit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suomi.fi/ohjeet-ja-tuki/tunnistus/mika-on-suomifi-tunnistus" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://suomi.fi/fi/viestit" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://suomi.fi/viestit" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-teema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -4911,58 +4960,58 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>948</Words>
-  <Characters>7809</Characters>
+  <Words>996</Words>
+  <Characters>8072</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>300</Lines>
-  <Paragraphs>168</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8589</CharactersWithSpaces>
+  <CharactersWithSpaces>9050</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hilkka Fofonoff</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>16.0000</vt:lpwstr>
   </property>
 </Properties>
 </file>